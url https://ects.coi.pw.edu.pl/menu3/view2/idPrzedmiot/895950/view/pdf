--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna metody pozyskiwania danych pomiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1077,51 +1077,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wykorzystać pozyskane dane w konkretnym celu (np. w dalszych obliczeniach, dla znalezienia charakterystyk układu, w sterowaniu).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>