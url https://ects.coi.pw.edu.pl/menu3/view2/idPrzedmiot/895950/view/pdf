--- v1 (2025-12-27)
+++ v2 (2026-01-17)
@@ -1077,51 +1077,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wykorzystać pozyskane dane w konkretnym celu (np. w dalszych obliczeniach, dla znalezienia charakterystyk układu, w sterowaniu).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>