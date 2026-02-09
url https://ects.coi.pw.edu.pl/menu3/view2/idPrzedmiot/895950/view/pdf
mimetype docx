--- v2 (2026-01-17)
+++ v3 (2026-02-09)
@@ -1147,51 +1147,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobierać parametry regulatorów PID.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>