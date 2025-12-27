--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -1047,67 +1047,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13, AiR1_W15, AiR1_W18, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W13, AiR1_W15, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę na temat modelowania układów sterowania w czasie rzeczywistym.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1478,67 +1478,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U10, AiR1_U15, AiR1_U16</w:t>
+        <w:t xml:space="preserve">AiR1_U16, AiR1_U10, AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać układ regulacji do postawionego zadania technicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>