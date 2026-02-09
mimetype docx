--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -1047,51 +1047,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11, AiR1_W13, AiR1_W15, AiR1_W18</w:t>
+        <w:t xml:space="preserve">AiR1_W13, AiR1_W15, AiR1_W18, AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1478,67 +1478,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U16, AiR1_U10, AiR1_U15</w:t>
+        <w:t xml:space="preserve">AiR1_U10, AiR1_U15, AiR1_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać układ regulacji do postawionego zadania technicznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>