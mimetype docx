--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1047,51 +1047,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">testy lub sprawozdania zaliczające ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13, AiR1_W15, AiR1_W18, AiR1_W11</w:t>
+        <w:t xml:space="preserve">AiR1_W11, AiR1_W13, AiR1_W15, AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1284,51 +1284,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student umie wykorzystać panel operatorski (HMI) w układach sterowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>