--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -913,67 +913,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W13, AiR1_W07</w:t>
+        <w:t xml:space="preserve">AiR1_W07, AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu interfejsów komunikacyjnych stosowanych w robotyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>