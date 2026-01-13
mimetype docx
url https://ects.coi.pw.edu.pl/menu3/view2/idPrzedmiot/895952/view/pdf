--- v1 (2025-12-27)
+++ v2 (2026-01-13)
@@ -929,51 +929,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W07, AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu interfejsów komunikacyjnych stosowanych w robotyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -999,51 +999,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu obróbki statystycznej danych pomiarowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>