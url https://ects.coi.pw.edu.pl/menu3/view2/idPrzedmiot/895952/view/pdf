--- v2 (2026-01-13)
+++ v3 (2026-02-10)
@@ -999,51 +999,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma podstawową wiedzę z zakresu obróbki statystycznej danych pomiarowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1219,51 +1219,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>