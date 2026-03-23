--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -843,51 +843,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W11, AiR1_W13</w:t>
+        <w:t xml:space="preserve">AiR1_W13, AiR1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1219,51 +1219,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi określić podstawowe właściwości czujnika pomiarowego na podstawie jego specyfikacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>