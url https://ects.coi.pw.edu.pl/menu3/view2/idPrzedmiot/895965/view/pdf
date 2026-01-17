--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -1294,51 +1294,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS740_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student potrafi pracować w samodzielnie i w zespole oraz prezentować wyniki i bronić swoich opinii.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>