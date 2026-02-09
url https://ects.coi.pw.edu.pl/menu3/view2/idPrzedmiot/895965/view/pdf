--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -848,67 +848,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy, ocena aktywności w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W02, AiR1_W08, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W12, AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS740_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student posiada wiedzę na temat pozyskiwania danych eksperymentalnych, predykcji obliczeniowych oraz zależności między nimi.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>