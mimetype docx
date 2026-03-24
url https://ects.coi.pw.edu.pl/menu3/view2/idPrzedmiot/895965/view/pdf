--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -848,67 +848,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy, ocena aktywności w czasie ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W08, AiR1_W12, AiR1_W02</w:t>
+        <w:t xml:space="preserve">AiR1_W02, AiR1_W08, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS740_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student posiada wiedzę na temat pozyskiwania danych eksperymentalnych, predykcji obliczeniowych oraz zależności między nimi.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -934,51 +934,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W02, AiR1_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS740_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">														Student posiada wiedzę w zakresie analizy danych oraz wnioskowania.																												</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>