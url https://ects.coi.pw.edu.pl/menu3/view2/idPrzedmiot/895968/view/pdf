--- v0 (2025-12-03)
+++ v1 (2025-12-27)
@@ -906,51 +906,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS741_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystać w praktyce umiejętności z zakresu wcześniejszych studiów do rozwiązania konkretnych zadań inżynierskich.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U06, AiR1_U14</w:t>
+        <w:t xml:space="preserve">AiR1_U14, AiR1_U01, AiR1_U05, AiR1_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS741_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przedstawić wyniki wykonanej pracy w postaci raportu.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>