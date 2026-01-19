--- v1 (2025-12-27)
+++ v2 (2026-01-19)
@@ -960,51 +960,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U14, AiR1_U01, AiR1_U05, AiR1_U06</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U06, AiR1_U14, AiR1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>