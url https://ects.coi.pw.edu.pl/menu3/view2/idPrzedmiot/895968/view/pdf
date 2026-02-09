--- v2 (2026-01-19)
+++ v3 (2026-02-09)
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U06, AiR1_U14, AiR1_U01</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U06, AiR1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS741_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przedstawić wyniki wykonanej pracy w postaci raportu.														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>