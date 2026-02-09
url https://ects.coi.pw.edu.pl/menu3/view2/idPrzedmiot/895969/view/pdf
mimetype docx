--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -991,51 +991,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W02, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS738_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">															Student ma podstawową wiedzę z zakresu historii pomiarów biologicznych oraz zna współczesne modele zjawisk elektrycznych w organizmie człowieka  na poziomie komórkowym.																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>