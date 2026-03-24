--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -781,331 +781,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W01, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS738_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																																		Student zna podstawy przetwarzania i analizy sygnału w dziedzinie czasu oraz w dziedzinie częstotliwości.																																														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena zadań domowych. Sprawdzian zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W01, AiR1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS738_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS738_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																																		Student zna podstawy przetwarzania i analizy sygnału w dziedzinie czasu oraz w dziedzinie częstotliwości.																																														</w:t>
+        <w:t xml:space="preserve">																													Student ma wiedzę dotyczącą  przetwarzania sygnałów, w dziedzinie czasowo-częstotliwościowej.																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian zaliczeniowy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS738_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																																			Student ma wiedzę dotyczącą  metod pomiarów oraz struktur i analiz wybranych sygnałów biologicznych - np. EKG, EEG, EMG.																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Ocena zadań domowych. Sprawdzian zaliczeniowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W02, AiR1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS738_W3: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS738_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																													Student ma wiedzę dotyczącą  przetwarzania sygnałów, w dziedzinie czasowo-częstotliwościowej.																										</w:t>
+        <w:t xml:space="preserve">															Student ma podstawową wiedzę z zakresu historii pomiarów biologicznych oraz zna współczesne modele zjawisk elektrycznych w organizmie człowieka  na poziomie komórkowym.																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian zaliczeniowy.</w:t>
+        <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W12</w:t>
+        <w:t xml:space="preserve">AiR1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P7S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS738_U1: </w:t>
       </w:r>
     </w:p>