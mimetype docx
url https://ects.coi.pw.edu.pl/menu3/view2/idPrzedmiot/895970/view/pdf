--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -908,51 +908,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U1: </w:t>
       </w:r>
     </w:p>
@@ -1042,207 +1042,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrola postępów podczas ćwiczeń laboratoryjnych, ocena wykonanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U08, AiR1_U09</w:t>
+        <w:t xml:space="preserve">AiR1_U08, AiR1_U09, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS739_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">			Student potrafi rozwiązać analitycznie wybrane przypadki przepływu płynu nienewtonowskiego w prostych geometriach.											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS739_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS739_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">			Student potrafi rozwiązać analitycznie wybrane przypadki przepływu płynu nienewtonowskiego w prostych geometriach.											</w:t>
+        <w:t xml:space="preserve">							Student potrafi przygotować (pracując indywidualnie lub zespołowo) i przedstawić raport z realizacji projektu komputerowego dotyczącego wybranego zjawiska przepływowego w układzie krążenia.																	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Ocena wykonanego projektu komputerowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U08</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_K1: </w:t>
       </w:r>
     </w:p>