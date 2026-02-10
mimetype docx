--- v1 (2026-01-17)
+++ v2 (2026-02-10)
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrola postępów podczas ćwiczeń laboratoryjnych, ocena wykonanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U08, AiR1_U20</w:t>
+        <w:t xml:space="preserve">AiR1_U20, AiR1_U01, AiR1_U05, AiR1_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przygotować i uruchomić symulacje komputerową wybranego przepływu biologicznego, a następnie opracować graficznie i zinterpretować uzyskane wyniki.									</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrola postępów podczas ćwiczeń laboratoryjnych, ocena wykonanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U08, AiR1_U09, AiR1_U05</w:t>
+        <w:t xml:space="preserve">AiR1_U05, AiR1_U08, AiR1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">			Student potrafi rozwiązać analitycznie wybrane przypadki przepływu płynu nienewtonowskiego w prostych geometriach.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>