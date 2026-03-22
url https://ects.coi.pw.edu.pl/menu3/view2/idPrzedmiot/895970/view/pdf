--- v2 (2026-02-10)
+++ v3 (2026-03-22)
@@ -752,51 +752,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_W01, AiR1_W06, AiR1_W08</w:t>
+        <w:t xml:space="preserve">AiR1_W08, AiR1_W01, AiR1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -972,67 +972,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrola postępów podczas ćwiczeń laboratoryjnych, ocena wykonanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U20, AiR1_U01, AiR1_U05, AiR1_U08</w:t>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U05, AiR1_U08, AiR1_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przygotować i uruchomić symulacje komputerową wybranego przepływu biologicznego, a następnie opracować graficznie i zinterpretować uzyskane wyniki.									</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kontrola postępów podczas ćwiczeń laboratoryjnych, ocena wykonanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR1_U05, AiR1_U08, AiR1_U09</w:t>
+        <w:t xml:space="preserve">AiR1_U08, AiR1_U09, AiR1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS739_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">			Student potrafi rozwiązać analitycznie wybrane przypadki przepływu płynu nienewtonowskiego w prostych geometriach.											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>