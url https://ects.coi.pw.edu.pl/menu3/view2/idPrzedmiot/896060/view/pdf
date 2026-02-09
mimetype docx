--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -1052,50 +1052,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student posiada wiedzę na temat zarządzania marketingowego i zarządzania relacjami z klientem																							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1151,302 +1221,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student posiada wiedzę na temat zarządzania marketingowego i zarządzania relacjami z klientem																							</w:t>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W12</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>