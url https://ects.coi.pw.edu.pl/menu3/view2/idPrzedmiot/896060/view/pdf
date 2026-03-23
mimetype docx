--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1052,175 +1052,315 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student posiada wiedzę na temat zarządzania marketingowego i zarządzania relacjami z klientem																							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student posiada wiedzę na temat zarządzania marketingowego i zarządzania relacjami z klientem																							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student posiada wiedzę na temat zarządzania marketingowego i zarządzania relacjami z klientem																							</w:t>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student posiada wiedzę na temat zarządzania marketingowego i zarządzania relacjami z klientem																							</w:t>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1262,401 +1402,261 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolkwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.ZNK322_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">														Student ma wiedzę na temat rozwoju produktu, marki i kreowania wizerunku przedsiębiorstwa. 																											</w:t>
+        <w:t xml:space="preserve">														Student ma wiedzę na temat kreacji przekazów reklamowych oraz tworzenia kampanii promocyjnych. 														</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolkwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_W11</w:t>
-      </w:r>
-[...278 lines deleted...]
-        <w:t xml:space="preserve">M1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>