--- v0 (2025-12-28)
+++ v1 (2026-02-10)
@@ -957,175 +957,315 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka eu1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie wyznaczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka eu1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie wyznaczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie wyznaczalnych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie wyznaczalnych metodą siły jednostkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie wyznaczalnych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie wyznaczalnych metodą siły jednostkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1167,87 +1307,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka eu3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie niewyznaczalnych metodą Maxwella-Mohra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie wyznaczalnych metodą siły jednostkowej.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie niewyznaczalnych metodą Maxwella-Mohra.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1266,58 +1476,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie wyznaczalnych metodą siły jednostkowej.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie niewyznaczalnych metodą Maxwella-Mohra.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1336,268 +1546,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie niewyznaczalnych metodą Maxwella-Mohra.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie niewyznaczalnych metodą siły jednostkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
+        <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie niewyznaczalnych metodą Maxwella-Mohra.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie niewyznaczalnych metodą siły jednostkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
+        <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć odkształcenia, naprężenia w ramach i kratownicach statycznie niewyznaczalnych metodą Maxwella-Mohra.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie niewyznaczalnych metodą siły jednostkowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium, egzamin, ocena zadań.</w:t>
+        <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie niewyznaczalnych metodą siły jednostkowej.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1616,58 +1826,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie niewyznaczalnych metodą siły jednostkowej.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1686,58 +1896,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie niewyznaczalnych metodą siły jednostkowej.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1756,442 +1966,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia, odkształcenia i naprężenia w ramach i kratownicach statycznie niewyznaczalnych z błędami montażowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka eu6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia, odkształcenia i naprężenia w ramach i kratownicach statycznie niewyznaczalnych z błędami montażowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka eu6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia, odkształcenia i naprężenia w ramach i kratownicach statycznie niewyznaczalnych z błędami montażowymi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U09</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>