--- v1 (2026-02-10)
+++ v2 (2026-03-17)
@@ -1587,50 +1587,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U15</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka eu4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie niewyznaczalnych metodą siły jednostkowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -1686,128 +1756,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia w ramach i kratownicach statycznie niewyznaczalnych metodą siły jednostkowej.</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">M1_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia, odkształcenia i naprężenia w ramach i kratownicach statycznie niewyznaczalnych z błędami montażowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1826,58 +2036,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia, odkształcenia i naprężenia w ramach i kratownicach statycznie niewyznaczalnych z błędami montażowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1896,302 +2106,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka eu5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka eu6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować do rozwiązywania ram statycznie niewyznaczalnych uproszczenia wynikające z symetrii ram i symetrii albo antysymetrii obciążeń.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć przemieszczenia, odkształcenia i naprężenia w ramach i kratownicach statycznie niewyznaczalnych z błędami montażowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">	Kolokwium, egzamin, ocena zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">M1_U15</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">M1_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>