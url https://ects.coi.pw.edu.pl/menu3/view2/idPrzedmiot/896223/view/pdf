--- v0 (2025-12-01)
+++ v1 (2025-12-26)
@@ -743,51 +743,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U07, LiK2_U08, LiK2_U13, LiK2_U03</w:t>
+        <w:t xml:space="preserve">LiK2_U03, LiK2_U07, LiK2_U08, LiK2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -813,51 +813,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U03, LiK2_U07, LiK2_U08, LiK2_U13</w:t>
+        <w:t xml:space="preserve">LiK2_U13, LiK2_U03, LiK2_U07, LiK2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>