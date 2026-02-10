--- v3 (2026-02-10)
+++ v4 (2026-02-10)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U07, LiK2_U08, LiK2_U13, LiK2_U03</w:t>
+        <w:t xml:space="preserve">LiK2_U03, LiK2_U07, LiK2_U08, LiK2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -953,51 +953,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z laboratoriów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U03, LiK2_U07, LiK2_U08, LiK2_U10, LiK2_U13</w:t>
+        <w:t xml:space="preserve">LiK2_U08, LiK2_U10, LiK2_U13, LiK2_U03, LiK2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>