--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U15, LiK2_U02, LiK2_U04, LiK2_U10</w:t>
+        <w:t xml:space="preserve">LiK2_U02, LiK2_U04, LiK2_U10, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1106,51 +1106,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U05, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>