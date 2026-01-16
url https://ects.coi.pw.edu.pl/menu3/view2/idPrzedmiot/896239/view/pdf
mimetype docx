--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -816,167 +816,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W08, LiK2_W10, LiK2_W14, LiK2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student rozumie znaczenie funkcji i szczególnych właściwości sprężarek i turbin w lotniczych zespołach napędowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W05, LiK2_W08, LiK2_W10, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS554_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student rozumie znaczenie funkcji i szczególnych właściwości sprężarek i turbin w lotniczych zespołach napędowych.							</w:t>
+        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi budowę i funkcjonowanie lotniczych sprężarek osiowych i promieniowych. 						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W05, LiK2_W08, LiK2_W10, LiK2_W14</w:t>
+        <w:t xml:space="preserve">LiK2_U02, LiK2_U04, LiK2_U10, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS554_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi budowę i funkcjonowanie lotniczych sprężarek osiowych i promieniowych. 						</w:t>
+        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi budowę i funkcjonowanie lotniczych turbin osiowych i promieniowych.					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -995,162 +1065,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS554_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi budowę i funkcjonowanie lotniczych turbin osiowych i promieniowych.					</w:t>
+        <w:t xml:space="preserve">							Student potrafi samodzielnie opisać metodami inżynierskimi procesy termodynamiczne i przepływowe zachodzące w sprężarkach i turbinach lotniczych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U02, LiK2_U04, LiK2_U10, LiK2_U15</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U09, LiK2_U05</w:t>
+        <w:t xml:space="preserve">LiK2_U05, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>