--- v2 (2026-01-16)
+++ v3 (2026-03-27)
@@ -816,121 +816,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W05, LiK2_W08, LiK2_W10, LiK2_W14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS554_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Student rozumie znaczenie funkcji i szczególnych właściwości sprężarek i turbin w lotniczych zespołach napędowych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W08, LiK2_W10, LiK2_W14, LiK2_W05</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W05, LiK2_W08, LiK2_W10, LiK2_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>