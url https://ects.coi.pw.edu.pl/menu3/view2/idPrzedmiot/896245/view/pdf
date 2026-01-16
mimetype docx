--- v0 (2025-12-02)
+++ v1 (2026-01-16)
@@ -973,621 +973,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																												Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																										</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10, LiK2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																												Zna techniki stosowane w modelowaniu ruchomych elementów maszyn przepływowych. 																																										</w:t>
+        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W10</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W08, LiK2_W15, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna modele przejmowania ciepła i podstawowe modele spalania. 																																			</w:t>
+        <w:t xml:space="preserve">																					Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W08, LiK2_W15, LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W10, LiK2_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_W7: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Zna podstawowe zasady tworzenia kształtu dyszy zbieżno-rozbieżnej i jej własności przy zmiennym ciśnieniu otoczenia.																																			</w:t>
+        <w:t xml:space="preserve">																												Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">																					Potrafi zastosować właściwą metodę rozwiązywania równań dostosowaną do modelu płynu wykorzystanego w rozwiązaniu zadania technicznego. 																																			</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W01, LiK2_W10, LiK2_W16</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																												Potrafi zastosować odpowiedni model płynu i przepływu w typowych modelach elementów maszyn przepływowych. 																										</w:t>
+        <w:t xml:space="preserve">																					Umie zastosować odpowiednie do zadania warunki brzegowe i odpowiedni model turbulencji. 																																										</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
+        <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U18</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U08, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Potrafi zastosować właściwą metodę rozwiązywania równań dostosowaną do modelu płynu wykorzystanego w rozwiązaniu zadania technicznego. 																																			</w:t>
+        <w:t xml:space="preserve">																					Potrafi zastosować techniki modelowania ruchomych elementów w budowie modelu maszyny przepływowej. 																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U11</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS639_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS639_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">																					Umie zastosować odpowiednie do zadania warunki brzegowe i odpowiedni model turbulencji. 																																										</w:t>
+        <w:t xml:space="preserve">																					Potrafi zastosować odpowiedni model przejmowania ciepła i odpowiedni model spalania dopasowany do problemu technicznego. 																																			</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U08, LiK2_U09</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">LiK2_U17, LiK2_U15, LiK2_U16</w:t>
+        <w:t xml:space="preserve">LiK2_U15, LiK2_U16, LiK2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>