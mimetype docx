--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -1043,51 +1043,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W01</w:t>
+        <w:t xml:space="preserve">LiK2_W01, LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1263,51 +1263,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U18</w:t>
+        <w:t xml:space="preserve">LiK2_U10, LiK2_U18, LiK2_U01, LiK2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>