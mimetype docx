--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1263,51 +1263,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U10, LiK2_U18, LiK2_U01, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U01, LiK2_U09, LiK2_U10, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1543,51 +1543,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Testy na zajęciach, sprawozdania z laboratorium, testy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U15, LiK2_U16, LiK2_U17</w:t>
+        <w:t xml:space="preserve">LiK2_U16, LiK2_U17, LiK2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>