--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -1105,51 +1105,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie   zadań domowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_U18, LiK2_U09</w:t>
+        <w:t xml:space="preserve">LiK2_U09, LiK2_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>