--- v1 (2025-12-27)
+++ v2 (2026-01-12)
@@ -885,51 +885,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium (część teoretyczna). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">LiK2_W10, LiK2_W14, LiK2_W20</w:t>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W20, LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>