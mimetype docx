--- v2 (2026-01-12)
+++ v3 (2026-02-11)
@@ -745,191 +745,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie  kolokwium  (cześć teoretyczna).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">LiK2_W14, LiK2_W20, LiK2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS663A_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę o metodach analitycznych służących wyznaczania sił w prętach i wydatków w ściankach (naprężenia)  oraz  przemieszczeń  w prostych tarczach, bryłach i dźwigarach cienkościennych. 						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Na podstawie  kolokwium  (część zadaniowa)  i zadań  domowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10, LiK2_W14, LiK2_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NS663A_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NS663A_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę o metodach analitycznych służących wyznaczania sił w prętach i wydatków w ściankach (naprężenia)  oraz  przemieszczeń  w prostych tarczach, bryłach i dźwigarach cienkościennych. 						</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe pojęcia oraz jakościowo równania służące do określenia obciążeń krytycznych w strukturach ramowych metodą energetyczną. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Na podstawie  kolokwium  (część zadaniowa)  i zadań  domowych.</w:t>
+        <w:t xml:space="preserve">Na podstawie  kolokwium (część teoretyczna). </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK2_W10, LiK2_W14, LiK2_W20</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">LiK2_W14, LiK2_W20, LiK2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>