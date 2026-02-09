--- v0 (2025-12-03)
+++ v1 (2026-02-09)
@@ -745,51 +745,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W02, MiBM2_W03, MiBM2_W04, MiBM2_W06, MiBM2_W07, MiBM2_W08, MiBM2_W09, MiBM2_W10</w:t>
+        <w:t xml:space="preserve">MiBM2_W09, MiBM2_W10, MiBM2_W01, MiBM2_W02, MiBM2_W03, MiBM2_W04, MiBM2_W06, MiBM2_W07, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -825,51 +825,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U04, MiBM2_U05, MiBM2_U06, MiBM2_U07, MiBM2_U12, MiBM2_U13, MiBM2_U14, MiBM2_U15, MiBM2_U16, MiBM2_U18, MiBM2_U19, MiBM2_U21, MiBM2_U22, MiBM2_U23, MiBM2_U01, MiBM2_U02</w:t>
+        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U04, MiBM2_U05, MiBM2_U06, MiBM2_U07, MiBM2_U12, MiBM2_U13, MiBM2_U14, MiBM2_U15, MiBM2_U16, MiBM2_U18, MiBM2_U19, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>