--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -745,51 +745,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bieżąca praca projektowa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W09, MiBM2_W10, MiBM2_W01, MiBM2_W02, MiBM2_W03, MiBM2_W04, MiBM2_W06, MiBM2_W07, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W02, MiBM2_W03, MiBM2_W04, MiBM2_W06, MiBM2_W07, MiBM2_W08, MiBM2_W09, MiBM2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -825,51 +825,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U01, MiBM2_U02, MiBM2_U04, MiBM2_U05, MiBM2_U06, MiBM2_U07, MiBM2_U12, MiBM2_U13, MiBM2_U14, MiBM2_U15, MiBM2_U16, MiBM2_U18, MiBM2_U19, MiBM2_U21, MiBM2_U22, MiBM2_U23</w:t>
+        <w:t xml:space="preserve">MiBM2_U22, MiBM2_U23, MiBM2_U01, MiBM2_U02, MiBM2_U04, MiBM2_U05, MiBM2_U06, MiBM2_U07, MiBM2_U12, MiBM2_U13, MiBM2_U14, MiBM2_U15, MiBM2_U16, MiBM2_U18, MiBM2_U19, MiBM2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>