--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -825,51 +825,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U22, MiBM2_U23, MiBM2_U01, MiBM2_U02, MiBM2_U04, MiBM2_U05, MiBM2_U06, MiBM2_U07, MiBM2_U12, MiBM2_U13, MiBM2_U14, MiBM2_U15, MiBM2_U16, MiBM2_U18, MiBM2_U19, MiBM2_U21</w:t>
+        <w:t xml:space="preserve">MiBM2_U06, MiBM2_U07, MiBM2_U12, MiBM2_U13, MiBM2_U14, MiBM2_U15, MiBM2_U16, MiBM2_U18, MiBM2_U19, MiBM2_U21, MiBM2_U22, MiBM2_U23, MiBM2_U01, MiBM2_U02, MiBM2_U04, MiBM2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>