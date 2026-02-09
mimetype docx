--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -820,341 +820,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody dyskretyzacji dla RRC typu hiperbolicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna metody dyskretyzacji dla RRC typu hiperbolicznego.						</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystując pakiety komercyjne rozwiązać złożone zagadnienia cieplno-przepływowe.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U13, MiBM2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zanalizować przydatność metody numerycznej do rozwiązania RRC.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U13, MiBM2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK489_U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi wykorzystując pakiety komercyjne rozwiązać złożone zagadnienia cieplno-przepływowe.							</w:t>
+        <w:t xml:space="preserve">							Potrafi wykorzystać programować zaawansowane funkcje pakietów komercyjnych.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Bieżąca praca na laboratorium.</w:t>
+        <w:t xml:space="preserve">Ocena pracy podczas laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U13, MiBM2_U14</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_U13, MiBM2_U11</w:t>
+        <w:t xml:space="preserve">MiBM2_U11, MiBM2_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>