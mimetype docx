--- v1 (2026-02-09)
+++ v2 (2026-03-02)
@@ -820,121 +820,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK489_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna metody dyskretyzacji dla RRC typu hiperbolicznego.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>