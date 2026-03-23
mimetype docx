--- v2 (2026-03-02)
+++ v3 (2026-03-23)
@@ -890,51 +890,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zaliczające.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08, MiBM2_W01</w:t>
+        <w:t xml:space="preserve">MiBM2_W01, MiBM2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>