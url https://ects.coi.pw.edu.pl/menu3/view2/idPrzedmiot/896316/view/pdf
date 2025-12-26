--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -896,51 +896,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W03</w:t>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>