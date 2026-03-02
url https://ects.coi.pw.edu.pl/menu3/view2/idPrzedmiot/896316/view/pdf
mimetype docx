--- v2 (2026-02-09)
+++ v3 (2026-03-02)
@@ -826,191 +826,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							EW3. Rozumie ogólne zasady wykonywania pomiarów cieplnych w stanie ustalonym i nieustalonym. Zna podstawowe metody i przyrządy stosowane w badaniach wymiany ciepła							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka NS657_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							EW4. Zna podstawową aparaturę stosowaną w badaniach przepływów nieustalonych oraz zna budowę podstawowych przyrządów używanych do tego celu							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W05, MiBM2_W03</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>