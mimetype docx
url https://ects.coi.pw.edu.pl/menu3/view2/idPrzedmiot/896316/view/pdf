--- v3 (2026-03-02)
+++ v4 (2026-03-24)
@@ -966,51 +966,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian wstępny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W05, MiBM2_W03</w:t>
+        <w:t xml:space="preserve">MiBM2_W03, MiBM2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1256,51 +1256,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa zaliczająca sprawozdanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_U08, MiBM2_U09, MiBM2_U10</w:t>
+        <w:t xml:space="preserve">MiBM2_U10, MiBM2_U08, MiBM2_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>