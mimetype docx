--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -840,51 +840,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01, AiR2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW137_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi skorzystać z literatury do poszukiwania wskazówek przy rozwiązywaniu wybranego problemu badawczego.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -894,67 +894,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12, AiR2_U17, AiR2_U20</w:t>
+        <w:t xml:space="preserve">AiR2_U20, AiR2_U12, AiR2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi samodzielnie rozwiązać proste zadanie naukowe.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>