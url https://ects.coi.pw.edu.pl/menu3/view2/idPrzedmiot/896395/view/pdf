--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -894,67 +894,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Napisana i oceniana praca magisterska oraz ustna obrona przed Komisją.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U20, AiR2_U12, AiR2_U17</w:t>
+        <w:t xml:space="preserve">AiR2_U17, AiR2_U20, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW137_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi samodzielnie rozwiązać proste zadanie naukowe.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>