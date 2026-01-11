--- v0 (2025-12-03)
+++ v1 (2026-01-11)
@@ -757,51 +757,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01, AiR2_U05, AiR2_U20, AiR2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW134_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł w szerszym, także pozatechnicznym, aspekcie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -881,67 +881,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U20, AiR2_U03, AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U03, AiR2_U05, AiR2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW134_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi w krótki i jasny sposób przedstawić wyniki swojej pracy w formie wypowiedzi ustnej w trakcie kilkuosobowego spotkania. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>