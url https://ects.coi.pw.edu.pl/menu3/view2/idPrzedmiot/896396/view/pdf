--- v1 (2026-01-11)
+++ v2 (2026-01-15)
@@ -741,67 +741,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01, AiR2_U05, AiR2_U20, AiR2_U21</w:t>
+        <w:t xml:space="preserve">AiR2_U20, AiR2_U21, AiR2_U01, AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW134_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł w szerszym, także pozatechnicznym, aspekcie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -951,51 +951,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U04, AiR2_U05, AiR2_U20, AiR2_U21</w:t>
+        <w:t xml:space="preserve">AiR2_U20, AiR2_U21, AiR2_U04, AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>