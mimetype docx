--- v2 (2026-01-15)
+++ v3 (2026-02-10)
@@ -741,67 +741,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U20, AiR2_U21, AiR2_U01, AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U01, AiR2_U05, AiR2_U20, AiR2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW134_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi dokonać szczegółowej analizy i krytycznie odnieść się do analizowanych źródeł w szerszym, także pozatechnicznym, aspekcie.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -897,51 +897,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U03, AiR2_U05, AiR2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW134_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi w krótki i jasny sposób przedstawić wyniki swojej pracy w formie wypowiedzi ustnej w trakcie kilkuosobowego spotkania. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -951,51 +951,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U20, AiR2_U21, AiR2_U04, AiR2_U05</w:t>
+        <w:t xml:space="preserve">AiR2_U04, AiR2_U05, AiR2_U20, AiR2_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>