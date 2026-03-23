--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -811,67 +811,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowane i oceniane sprawozdanie, ustna prezentacja opracowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U05, AiR2_U12, AiR2_U13, AiR2_U17, AiR2_U20</w:t>
+        <w:t xml:space="preserve">AiR2_U20, AiR2_U05, AiR2_U12, AiR2_U13, AiR2_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW134_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przedstawić na piśmie efekty swojej pracy w formie krótkiego sprawozdania.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -897,51 +897,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U03, AiR2_U05, AiR2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NW134_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi w krótki i jasny sposób przedstawić wyniki swojej pracy w formie wypowiedzi ustnej w trakcie kilkuosobowego spotkania. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>