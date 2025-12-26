--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -982,51 +982,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK336A_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student zostaje zapoznany z możliwościami zastosowania metod mechaniki analitycznej w obszarze teorii sterowania optymalnego, analizy układów elektro-mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1132,51 +1132,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK336A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student posiada umiejętność formułowania równań więzów ograniczających ruch układów nieswobodnych, opisu ruchu tych układów za pomocą współrzędnych uogólnionych, zastosowania zasad wariacyjnych mechaniki analitycznej, jako bazy generowania równań równowagi i ruchu układów nieswobodnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>