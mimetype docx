--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -1132,51 +1132,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK336A_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Student posiada umiejętność formułowania równań więzów ograniczających ruch układów nieswobodnych, opisu ruchu tych układów za pomocą współrzędnych uogólnionych, zastosowania zasad wariacyjnych mechaniki analitycznej, jako bazy generowania równań równowagi i ruchu układów nieswobodnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>