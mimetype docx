--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -842,51 +842,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK482_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Zna pojęcie sterowanie odporne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>