--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W03, AiR2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK482_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Zna rozszerzone metody regulacji oparte o sterownik PID.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>