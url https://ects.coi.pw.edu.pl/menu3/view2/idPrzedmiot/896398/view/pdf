--- v2 (2026-01-16)
+++ v3 (2026-02-09)
@@ -912,121 +912,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W03, AiR2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK482_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna rozszerzone metody regulacji oparte o sterownik PID.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium. Egzamin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK482_U1: </w:t>
       </w:r>
     </w:p>