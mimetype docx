--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -772,261 +772,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK482_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawy sterowania rozmytego.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK482_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK482_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawy sterowania rozmytego.							</w:t>
+        <w:t xml:space="preserve">							Zna pojęcie sterowanie odporne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W03</w:t>
+        <w:t xml:space="preserve">AiR2_W03, AiR2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK482_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK482_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna pojęcie sterowanie odporne.							</w:t>
+        <w:t xml:space="preserve">							Zna rozszerzone metody regulacji oparte o sterownik PID.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium.</w:t>
+        <w:t xml:space="preserve">Kolokwium. Egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W03, AiR2_W05</w:t>
+        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK482_U1: </w:t>
       </w:r>
     </w:p>