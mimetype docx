--- v0 (2025-12-01)
+++ v1 (2025-12-26)
@@ -780,67 +780,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W02, AiR2_W11</w:t>
+        <w:t xml:space="preserve">AiR2_W11, AiR2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma ugruntowaną wiedzę na temat programowania robotów i zautomatyzowanych systemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1156,51 +1156,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi udokumentować i zaprezentować wykonane zadanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1210,67 +1210,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca projektowa, praca laboratoryjna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U03, AiR2_U04</w:t>
+        <w:t xml:space="preserve">AiR2_U04, AiR2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi pracować w zespole i stosować zasady bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>