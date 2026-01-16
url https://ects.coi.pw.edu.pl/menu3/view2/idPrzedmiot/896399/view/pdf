--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -780,67 +780,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W11, AiR2_W02</w:t>
+        <w:t xml:space="preserve">AiR2_W02, AiR2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WK, P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma ugruntowaną wiedzę na temat programowania robotów i zautomatyzowanych systemów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1000,67 +1000,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U03, AiR2_U14</w:t>
+        <w:t xml:space="preserve">AiR2_U14, AiR2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi konfigurować i programować urządzenia wykorzystywane w systemach robotycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1210,67 +1210,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca projektowa, praca laboratoryjna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U04, AiR2_U03</w:t>
+        <w:t xml:space="preserve">AiR2_U03, AiR2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi pracować w zespole i stosować zasady bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>