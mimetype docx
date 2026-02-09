--- v2 (2026-01-16)
+++ v3 (2026-02-09)
@@ -850,67 +850,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W05, AiR2_W12</w:t>
+        <w:t xml:space="preserve">AiR2_W12, AiR2_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
@@ -1000,67 +1000,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">prace projektowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U14, AiR2_U03</w:t>
+        <w:t xml:space="preserve">AiR2_U03, AiR2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi konfigurować i programować urządzenia wykorzystywane w systemach robotycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>