--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W03, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
@@ -986,67 +986,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi przeprowadzić analizę właściwości dynamicznych bezzałogowego statku powietrznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>