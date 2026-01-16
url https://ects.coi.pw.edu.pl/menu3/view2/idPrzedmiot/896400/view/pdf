--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W03, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
@@ -986,137 +986,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U12, AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizę właściwości dynamicznych bezzałogowego statku powietrznego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca domowa, sprawdziany</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać strukturę i sformułować algorytm systemu automatycznego sterowania dla bezzałogowego statku powietrznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>