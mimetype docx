--- v2 (2026-01-16)
+++ v3 (2026-02-09)
@@ -836,287 +836,287 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, sprawdziany</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W06, AiR2_W09, AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_W10, AiR2_W06, AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma poszerzoną i pogłębioną wiedzę o metodach i algorytmach stosowanych w systemach automatycznego sterowania lotem bezzałogowych statków powietrznych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">praca domowa, sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W01, AiR2_W03, AiR2_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student ma poszerzoną i pogłębioną wiedzę o metodach i algorytmach stosowanych w systemach automatycznego sterowania lotem bezzałogowych statków powietrznych. </w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać strukturę i sformułować algorytm systemu nawigacji dla bezzałogowego statku powietrznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W01, AiR2_W03, AiR2_W12</w:t>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi dobrać strukturę i sformułować algorytm systemu nawigacji dla bezzałogowego statku powietrznego.</w:t>
+        <w:t xml:space="preserve">Student potrafi przeprowadzić analizę właściwości dynamicznych bezzałogowego statku powietrznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">praca domowa, sprawdzian</w:t>
+        <w:t xml:space="preserve">praca domowa, sprawdziany</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać strukturę i sformułować algorytm systemu automatycznego sterowania dla bezzałogowego statku powietrznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>