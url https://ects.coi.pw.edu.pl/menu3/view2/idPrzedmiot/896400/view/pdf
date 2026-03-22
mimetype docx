--- v3 (2026-02-09)
+++ v4 (2026-03-22)
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca domowa, sprawdziany</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10, AiR2_W06, AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_W06, AiR2_W09, AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną i pogłębioną wiedzę o metodach i algorytmach stosowanych w systemach automatycznego sterowania lotem bezzałogowych statków powietrznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>