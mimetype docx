--- v0 (2025-12-02)
+++ v1 (2025-12-26)
@@ -1189,428 +1189,708 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
@@ -1619,157 +1899,577 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2488,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,58 +2558,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1928,128 +2628,198 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2068,58 +2838,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2138,58 +2908,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2208,1508 +2978,738 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
-      </w:r>
-[...1328 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">