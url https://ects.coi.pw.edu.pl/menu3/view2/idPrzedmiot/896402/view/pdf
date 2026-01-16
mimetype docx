--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -769,50 +769,120 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
@@ -868,128 +938,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1008,58 +1218,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1078,58 +1288,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1148,488 +1358,628 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1648,58 +1998,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,58 +2068,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2138,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,58 +2208,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1928,58 +2278,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1998,58 +2348,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2068,58 +2418,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2138,58 +2488,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2208,58 +2558,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2278,58 +2628,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2348,58 +2698,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2418,58 +2768,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2488,58 +2838,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2558,58 +2908,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2628,58 +2978,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2698,58 +3048,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2768,58 +3118,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2838,58 +3188,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2908,58 +3258,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2978,58 +3328,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3048,58 +3398,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3118,58 +3468,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3188,58 +3538,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -3258,458 +3608,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">