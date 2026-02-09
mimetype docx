--- v2 (2026-01-16)
+++ v3 (2026-02-09)
@@ -769,157 +769,507 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę na temat analizy i opisu drgań układów mechanicznych w dziedzinie czasu i częstotliwości. 							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -938,838 +1288,1258 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W2: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma uporządkowaną wiedzę w zakresie formułowania równań ruchu złożonych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2558,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,198 +2628,478 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2068,58 +3118,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2138,58 +3188,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2208,58 +3258,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2278,1422 +3328,372 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06</w:t>
-      </w:r>
-[...1328 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>