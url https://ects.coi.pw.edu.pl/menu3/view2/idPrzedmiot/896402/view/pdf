--- v3 (2026-02-09)
+++ v4 (2026-03-24)
@@ -1189,157 +1189,367 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Zna podstawowe metody całkowania równań ruchu układów sztywnych i odkształcalnych. 							</w:t>
+        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1350,267 +1560,267 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W09</w:t>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Ma podstawową wiedzę na temat formułowania równań ruchu wieloczłonowych układów odkształcalnych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
@@ -1619,87 +1829,577 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1718,58 +2418,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1788,58 +2488,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1858,58 +2558,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę modalną prostych układów mechanicznych.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1928,128 +2628,268 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2068,58 +2908,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi dobrać algorytm całkowania równań ruchu w analizie dynamicznej struktur.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2138,58 +2978,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2208,58 +3048,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zastosować metody syntezy modalnej do rozwiązania równań ruchu struktur.							</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2278,128 +3118,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zamodelować układ mechatroniczny we współdziałaniu z układem sterowania w zadaniach robotyki z zastosowaniem pakietów komercyjnych.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2418,58 +3468,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2488,58 +3538,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -2558,1142 +3608,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P8S_UW, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK492_U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK492_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">							Potrafi zinterpretować wyniki w analizie modalnej struktur.						</w:t>
+        <w:t xml:space="preserve">							Potrafi przeprowadzić analizę dynamiki układu wieloczłonowego z członami sztywnymi i odkształcalnymi z zastosowaniem  profesjonalnych pakietów obliczeniowych. 							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian końcowy oraz ocena projektu obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U07</w:t>
-      </w:r>
-[...1048 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>