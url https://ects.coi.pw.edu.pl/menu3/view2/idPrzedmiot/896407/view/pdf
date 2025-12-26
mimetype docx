--- v0 (2025-12-01)
+++ v1 (2025-12-26)
@@ -909,67 +909,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10, AiR2_W01</w:t>
+        <w:t xml:space="preserve">AiR2_W01, AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnienie na wartości i wektory własne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1269,137 +1269,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać procedury biblioteczne do konstrukcji własnego programu obliczeniowego, a następnie program ten samodzielnie uruchomić i przeprowadzić analizę poprawności jego działania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>