--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -925,51 +925,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnienie na wartości i wektory własne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1129,401 +1129,401 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykorzystując podane procedury potrafi rozwiązań zadanie inżynierskie wymagające zastosowania metody Newtona-Raphsona; potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykorzystując podane procedury potrafi rozwiązań zadanie inżynierskie wymagające zastosowania metody Newtona-Raphsona; potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).</w:t>
+        <w:t xml:space="preserve">Potrafi zastosować właściwą aproksymację różnicową lub MES-owską do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zastosować właściwą aproksymację różnicową lub MES-owską do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać procedury biblioteczne do konstrukcji własnego programu obliczeniowego, a następnie program ten samodzielnie uruchomić i przeprowadzić analizę poprawności jego działania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sformułować wybrane zagadnienia brzegowe w formie wariacyjnej i zaproponować dla niego odpowiednią metodę Galerkina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12, AiR2_U06</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>