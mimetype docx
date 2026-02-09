--- v2 (2026-01-16)
+++ v3 (2026-02-09)
@@ -1129,487 +1129,487 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykorzystując podane procedury potrafi rozwiązań zadanie inżynierskie wymagające zastosowania metody Newtona-Raphsona; potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U12, AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować właściwą aproksymację różnicową lub MES-owską do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać procedury biblioteczne do konstrukcji własnego programu obliczeniowego, a następnie program ten samodzielnie uruchomić i przeprowadzić analizę poprawności jego działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sformułować wybrane zagadnienia brzegowe w formie wariacyjnej i zaproponować dla niego odpowiednią metodę Galerkina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU8: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować "bezmacierzowy" wariant implementacji metody iteracyjnej gradientów sprzężonych pod katem aplikacji w MES.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">