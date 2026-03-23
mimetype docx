--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -785,71 +785,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie klasycznych metod iteracyjnych dla układów równań liniowych i nieliniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_W01, AiR2_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada podstawową wiedzę w zakresie klasycznych metod iteracyjnych dla układów równań liniowych i nieliniowych</w:t>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie metody różnic skończonych i metody elementów skończonych stosowanych do prostych zagadnień brzegowych formułowanych dla równań różniczkowych zwyczajnych i cząstkowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -868,58 +938,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie metody różnic skończonych i metody elementów skończonych stosowanych do prostych zagadnień brzegowych formułowanych dla równań różniczkowych zwyczajnych i cząstkowych.</w:t>
+        <w:t xml:space="preserve">Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnienie na wartości i wektory własne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -930,686 +1000,616 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W01, AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Orientuje się w podstawowych algorytmach numerycznych algebry numerycznej związanych z zagadnienie na wartości i wektory własne.</w:t>
+        <w:t xml:space="preserve">Potrafi porównać i ocenić krytycznie właściwości poznanych metod całkowania równań różniczkowych zwyczajnych; potrafi opracować implementację prostej metody wielokrokowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi omówić ograniczenia stosowalności algorytmów skończonych typu eliminacji Gaussa, uzasadnić potrzebę stosowania  metod iteracyjnych oraz  - w wybranych przypadkach – zweryfikować warunki ich zbieżności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykorzystując podane procedury potrafi rozwiązań zadanie inżynierskie wymagające zastosowania metody Newtona-Raphsona; potrafi opisać i uzasadnić potrzebę stosowania technik wspomagających efektywne rozwiązywanie układów algebraicznych nieliniowych (podrelaksacja, homotopia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zastosować właściwą aproksymację różnicową lub MES-owską do liniowego brzegowego zagadnienia różniczkowego zwyczajnego i wskazać odpowiednie algorytmy algebraiczne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wskazać zagadnienia inżynierskie prowadzące do zagadnienia na wartości/wektory własne, a także opracować proste implementacje podstawowych algorytmów numerycznych stosowane do tego zagadnienia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać procedury biblioteczne do konstrukcji własnego programu obliczeniowego, a następnie program ten samodzielnie uruchomić i przeprowadzić analizę poprawności jego działania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zaliczenie ćwiczeń laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi sformułować wybrane zagadnienia brzegowe w formie wariacyjnej i zaproponować dla niego odpowiednią metodę Galerkina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">sprawdzian</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W01, AiR2_W10</w:t>
+        <w:t xml:space="preserve">AiR2_U12, AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka EU1: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EU8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi porównać i ocenić krytycznie właściwości poznanych metod całkowania równań różniczkowych zwyczajnych; potrafi opracować implementację prostej metody wielokrokowej.</w:t>
+        <w:t xml:space="preserve">Potrafi opracować "bezmacierzowy" wariant implementacji metody iteracyjnej gradientów sprzężonych pod katem aplikacji w MES.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U06</w:t>
+        <w:t xml:space="preserve">AiR2_U06, AiR2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">