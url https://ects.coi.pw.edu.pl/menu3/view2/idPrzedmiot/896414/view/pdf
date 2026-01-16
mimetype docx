--- v0 (2025-12-26)
+++ v1 (2026-01-16)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W05, AiR2_W11, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma uporządkowaną i pogłębioną wiedzę na temat nawigacji w robotach autonomicznych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -927,51 +927,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W02, AiR2_W11, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną i pogłębioną wiedzę o maszynach kroczących, mikrorobotach i o kierunkach prac badawczych w zakresie robotyki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>