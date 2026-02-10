--- v1 (2026-01-16)
+++ v2 (2026-02-10)
@@ -927,51 +927,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W02, AiR2_W11, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną i pogłębioną wiedzę o maszynach kroczących, mikrorobotach i o kierunkach prac badawczych w zakresie robotyki. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>