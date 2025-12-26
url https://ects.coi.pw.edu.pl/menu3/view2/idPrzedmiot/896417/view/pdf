--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -853,67 +853,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie etapów prac laboratoryjnych, sprawdzian końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W10, AiR2_W08</w:t>
+        <w:t xml:space="preserve">AiR2_W08, AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma poszerzoną i pogłębioną wiedzę w zakresie pomiarów wielkości fizycznych, w tym sygnałów biologicznych, na potrzeby sterowania zaawansowanymi protezami bionicznymi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1143,67 +1143,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie etapów prac laboratoryjnych, sprawdzian końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U15, AiR2_U02, AiR2_U06, AiR2_U12</w:t>
+        <w:t xml:space="preserve">AiR2_U02, AiR2_U06, AiR2_U12, AiR2_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi ocenić i dokonać właściwego wyboru materiałów i metod wytwarzania do opracowania innowacyjnych rozwiązań w zakresie biorobotyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>