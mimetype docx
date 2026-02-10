--- v1 (2025-12-26)
+++ v2 (2026-02-10)
@@ -1073,67 +1073,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie etapów prac laboratoryjnych, sprawdzian końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U01, AiR2_U05, AiR2_U20</w:t>
+        <w:t xml:space="preserve">AiR2_U05, AiR2_U20, AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaplanować i zrealizować złożony projekt z zakresu biomechaniki i biorobotyki wymagający wiedzy multidyscyplinarnej i pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>