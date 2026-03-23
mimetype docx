--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1073,67 +1073,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie etapów prac laboratoryjnych, sprawdzian końcowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_U05, AiR2_U20, AiR2_U01</w:t>
+        <w:t xml:space="preserve">AiR2_U01, AiR2_U05, AiR2_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaplanować i zrealizować złożony projekt z zakresu biomechaniki i biorobotyki wymagający wiedzy multidyscyplinarnej i pracy zespołowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1229,51 +1229,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EU4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaplanować i przeprowadzić badania numeryczne i doświadczalne (oraz opracować uzyskane wyniki i sformułować wnioski) zaprojektowanego i wykonanego układu biorobotycznego (protezy kończyny).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>