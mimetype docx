--- v0 (2025-11-30)
+++ v1 (2025-12-26)
@@ -754,67 +754,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu w laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W02, AiR2_W11, AiR2_W12</w:t>
+        <w:t xml:space="preserve">AiR2_W12, AiR2_W02, AiR2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS704_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Ma wiedzę z zakresu dokładności, kontroli i sterowania robotami chirurgicznymi i medycznymi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -990,51 +990,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS704_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi zastosować specjalistyczne systemy zrobotyzowane w rehabilitacji.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>