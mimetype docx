--- v1 (2025-12-26)
+++ v2 (2026-01-10)
@@ -754,67 +754,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu w laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">AiR2_W12, AiR2_W02, AiR2_W11</w:t>
+        <w:t xml:space="preserve">AiR2_W02, AiR2_W11, AiR2_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK, III.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK, III.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS704_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Ma wiedzę z zakresu dokładności, kontroli i sterowania robotami chirurgicznymi i medycznymi.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>