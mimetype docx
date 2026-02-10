--- v2 (2026-01-10)
+++ v3 (2026-02-10)
@@ -910,51 +910,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W02, AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS704_U1: </w:t>
       </w:r>
     </w:p>