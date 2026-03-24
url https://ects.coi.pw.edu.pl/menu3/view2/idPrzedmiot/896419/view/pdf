--- v3 (2026-02-10)
+++ v4 (2026-03-24)
@@ -910,51 +910,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR2_W02, AiR2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ML.NS704_U1: </w:t>
       </w:r>
     </w:p>
@@ -974,121 +974,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu w laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NS704_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">							Potrafi zastosować specjalistyczne systemy zrobotyzowane w rehabilitacji.							</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie projektu w laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR2_U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">AiR2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>