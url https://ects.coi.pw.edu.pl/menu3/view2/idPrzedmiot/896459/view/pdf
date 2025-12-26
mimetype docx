--- v0 (2025-12-02)
+++ v1 (2025-12-26)
@@ -1041,87 +1041,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student ma wiedzę na temat budowy i działania systemów sterowania i zasilania różnych rodzajów napędu statków powietrznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student ma wiedzę na temat budowy i działania systemów sterowania i zasilania różnych rodzajów napędu statków powietrznych</w:t>
+        <w:t xml:space="preserve">student zna metody diagnozowania i eksploatowania układów sterowania i zasilania silników lotniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1181,191 +1251,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student zna metody diagnozowania i eksploatowania układów sterowania i zasilania silników lotniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W01</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>