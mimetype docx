--- v1 (2025-12-26)
+++ v2 (2026-01-16)
@@ -901,471 +901,471 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student zna metodykę projektowania układów zasilania i sterowania silnikami lotniczymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student zna metodykę projektowania układów zasilania i sterowania silnikami lotniczymi</w:t>
+        <w:t xml:space="preserve">student ma wiedzę na temat budowy i działania systemów sterowania i zasilania różnych rodzajów napędu statków powietrznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium </w:t>
+        <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student ma wiedzę na temat budowy i działania systemów sterowania i zasilania różnych rodzajów napędu statków powietrznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student ma wiedzę na temat budowy i działania systemów sterowania i zasilania różnych rodzajów napędu statków powietrznych</w:t>
+        <w:t xml:space="preserve">student zna metody diagnozowania i eksploatowania układów sterowania i zasilania silników lotniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student zna metody diagnozowania i eksploatowania układów sterowania i zasilania silników lotniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student ma wiedzę na temat budowy i działania systemów sterowania i zasilania różnych rodzajów napędu statków powietrznych</w:t>
+        <w:t xml:space="preserve">student zna metody diagnozowania i eksploatowania układów sterowania i zasilania silników lotniczych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>