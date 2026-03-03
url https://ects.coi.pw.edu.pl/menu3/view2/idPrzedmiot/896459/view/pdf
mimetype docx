--- v2 (2026-01-16)
+++ v3 (2026-03-03)
@@ -761,121 +761,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MiBM2_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka EW1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student zna zadania i budowę typowego układu sterowania i zasilania silników lotniczych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka EW1: </w:t>
+        <w:t xml:space="preserve">Charakterystyka EW2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student zna zadania i budowę typowego układu sterowania i zasilania silników lotniczych</w:t>
+        <w:t xml:space="preserve">student zna metodykę projektowania układów zasilania i sterowania silnikami lotniczymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MiBM2_W08</w:t>
+        <w:t xml:space="preserve">MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -902,120 +972,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MiBM2_W04</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">MiBM2_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>