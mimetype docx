--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -1119,51 +1119,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia z ćwiczeń 1-3 i 4-6 zawierają po 6 pytań otwartych (max. 10 pkt.), z których po 2 dotyczą efektu U03, wymagana częściowa odpowiedź na każde z nich, tzn. co najmniej 50%.
 Minimalna liczba punktów z każdego kolokwium  niezbędna do zaliczenia 6.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U19, Tr1A_U14</w:t>
+        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>