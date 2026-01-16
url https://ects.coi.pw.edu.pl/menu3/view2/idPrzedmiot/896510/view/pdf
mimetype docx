--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -879,51 +879,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - sprawdzian pisemny 2; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytanie lub pytania w zakresie tematycznym tego efektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>