--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -1045,51 +1045,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opisuje systemy eksploatacyjne obiektów technicznych w zakresie ich użytkowania i utrzymania gotowości i charakteryzuje wielostanowe procesy eksploatacji, stosując właściwe miary i wyznacza ich wartości, posługując się poprawną terminologią</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>