--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -1023,51 +1023,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja treści i formalnej strony pracy, ocena prezentacji pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U04</w:t>
+        <w:t xml:space="preserve">Tr1A_U04, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>