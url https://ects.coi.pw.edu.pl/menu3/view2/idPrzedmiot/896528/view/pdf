--- v0 (2025-12-03)
+++ v1 (2026-01-16)
@@ -1089,51 +1089,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin – część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W13, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1309,67 +1309,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonanie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać wyniki eksperymentu czynnego i biernego w ocenie bezpieczeństwa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>