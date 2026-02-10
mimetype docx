--- v1 (2026-01-16)
+++ v2 (2026-02-10)
@@ -1089,51 +1089,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin – część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W13, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W10, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>