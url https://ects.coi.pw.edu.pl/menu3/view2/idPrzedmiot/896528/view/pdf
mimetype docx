--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -1019,67 +1019,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin  – część pisemna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W13, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie znaczenie badań prenormatywneych oraz normatywne okresy technicznej eksploatacji środków transportu. Kontrole bezpieczeństwa funkcjonowania środków transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>