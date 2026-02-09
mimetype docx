--- v0 (2025-12-27)
+++ v1 (2026-02-09)
@@ -895,51 +895,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1035,67 +1035,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących sygnalizatory świetlne na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących sygnalizatory świetlne. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących sygnalizatory świetlne. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>