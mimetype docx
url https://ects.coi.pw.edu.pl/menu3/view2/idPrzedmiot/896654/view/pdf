--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -825,277 +825,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących napędy zwrotnicowe na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących napędy zwrotnicowe. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących napędy zwrotnicowe. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09, Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna budowę i zasadę działania rozjazdu (zwłaszcza zamknięć nastawczych i zjawiska prucia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna budowę i zasadę działania rozjazdu (zwłaszcza zamknięć nastawczych i zjawiska prucia).</w:t>
+        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) układów kontroli niezajętości.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących układy kontroli niezajętości na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących układy kontroli niezajętości. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących układy kontroli niezajętości. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) układów kontroli niezajętości.</w:t>
+        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) układów optycznych sygnalizatorów świetlnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących układy kontroli niezajętości na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących układy kontroli niezajętości. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących układy kontroli niezajętości. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących sygnalizatory świetlne na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących sygnalizatory świetlne. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących sygnalizatory świetlne. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>