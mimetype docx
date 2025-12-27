--- v0 (2025-12-01)
+++ v1 (2025-12-27)
@@ -893,121 +893,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dokonać doboru materiałów na elementy konstrukcyjne podlegające obciążeniom, zna metody zwiększenia wytrzymałości oraz ma świadomość procesów degradacji i sposobów ochrony.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>