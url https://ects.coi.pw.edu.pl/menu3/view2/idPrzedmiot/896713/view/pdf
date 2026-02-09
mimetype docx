--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -893,51 +893,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium;ćwiczenia laboratoryjne – sprawozdanie i kolokwium;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1199,51 +1199,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>