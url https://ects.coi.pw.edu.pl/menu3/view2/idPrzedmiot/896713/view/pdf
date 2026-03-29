--- v2 (2026-02-09)
+++ v3 (2026-03-29)
@@ -1199,51 +1199,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>