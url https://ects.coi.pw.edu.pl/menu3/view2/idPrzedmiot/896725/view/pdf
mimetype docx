--- v0 (2025-12-27)
+++ v1 (2026-02-10)
@@ -1036,67 +1036,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, kolokwium z efektu (1 zadanie oceniane  w skali od 0 do 4 punktów, wymagane jest uzyskanie co najmniej 2 punktów), wykonanie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U06, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U11, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi podać przykłady rozkładów dyskretnych i ciągłych prawdopodobieństwa i dostosować je do analizowanego modelu matematycznego, wyznaczyć podstawowe parametry zmiennych losowych oraz wykorzystać prawa wielkich liczb i twierdzenia graniczne do szacowania prawdopodobieństw z wykorzystaniem tablic statystycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>