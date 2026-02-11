--- v0 (2025-12-03)
+++ v1 (2026-02-11)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wejściówek/zejściówki oraz sprawozdań z wykonanych ćwiczeń laboratoryjnych, wymagane jest uzyskanie 55% punktów do uzyskania oceny pozytywnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W03, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1048,51 +1048,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować odpowiednie metody do analizy i badania elementów i układów elektronicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>