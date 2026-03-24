--- v1 (2026-02-11)
+++ v2 (2026-03-24)
@@ -1048,51 +1048,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować odpowiednie metody do analizy i badania elementów i układów elektronicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>