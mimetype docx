--- v0 (2025-12-02)
+++ v1 (2026-02-10)
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz przygotowania wykresu pracy pojazdów trakcyjnych, wymagane jest prawidłowe przygotowanie planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz prawidłowego przygotowania wykresu pracy pojazdów trakcyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1037,51 +1037,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca ćwiczeniowa, wymagane jest dokonanie prawidłowego podziału odcinków na szlaki (odstępy), prawidłowego obliczenia czasów jazdy i czasów szlakowego następstwa pociągów, prawidłowego obliczenia liczby pociągów obciążających zadane odcinki, prawidłowego opracowania organizacji ruchu pociągów na zadanych odcinkach w formie graficznej oraz prawidłowego obliczenia zdolności przepustowej odcinków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>