--- v1 (2026-02-10)
+++ v2 (2026-03-24)
@@ -816,51 +816,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia projektowe: część dotycząca przygotowania planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz przygotowania wykresu pracy pojazdów trakcyjnych, wymagane jest prawidłowe przygotowanie planu obiegu składów pociągów niezbędnych do obsłużenia pociągów klasy INTER i AGLO oraz prawidłowego przygotowania wykresu pracy pojazdów trakcyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1037,67 +1037,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">praca ćwiczeniowa, wymagane jest dokonanie prawidłowego podziału odcinków na szlaki (odstępy), prawidłowego obliczenia czasów jazdy i czasów szlakowego następstwa pociągów, prawidłowego obliczenia liczby pociągów obciążających zadane odcinki, prawidłowego opracowania organizacji ruchu pociągów na zadanych odcinkach w formie graficznej oraz prawidłowego obliczenia zdolności przepustowej odcinków</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U22, Tr1A_U20, Tr1A_U03, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U01, Tr1A_U24, Tr1A_U22, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonać obiegowania pojazdów kolejowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>