--- v0 (2025-11-30)
+++ v1 (2026-03-24)
@@ -835,51 +835,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zawierające łącznie 5 pytań opisowych, w tym co najmniej 1 pytanie  dotyczące bezpośrednio treści weryfikowanego efektu. wymagana częściowa odpowiedź na
 każde z nich, tzn. co najmniej 50%. Możliwość zaliczenia pytania dotyczącego efektu  na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>