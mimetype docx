--- v0 (2025-12-01)
+++ v1 (2025-12-24)
@@ -893,507 +893,507 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09, Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) układów kontroli niezajętości.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących układy kontroli niezajętości na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących układy kontroli niezajętości. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących układy kontroli niezajętości. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W11, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) układów kontroli niezajętości.</w:t>
+        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) układów optycznych sygnalizatorów świetlnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących układy kontroli niezajętości na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących układy kontroli niezajętości. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących układy kontroli niezajętości. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących sygnalizatory świetlne na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących sygnalizatory świetlne. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących sygnalizatory świetlne. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W11, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna budowę, zasadę działania i własności użytkowe (charakterystyki) układów optycznych sygnalizatorów świetlnych.</w:t>
+        <w:t xml:space="preserve">Umie odnaleźć i wykorzystać właściwe dokumentacje techniczne urządzeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących sygnalizatory świetlne na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących sygnalizatory świetlne. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących sygnalizatory świetlne. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji każdego z ćwiczeń na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania każdego z wykonanych ćwiczeń. Wykonanie sprawozdania ze zrealizowanych ćwiczeń. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi posługiwać się aparaturą pomiarową, metrologią warsztatową oraz metodami szacowania błędów pomiarów, zna zasady bezpiecznej pracy przy urządzeniach sterowania ruchem kolejowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji każdego z ćwiczeń na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania każdego z wykonanych ćwiczeń. Wykonanie sprawozdania ze zrealizowanych ćwiczeń. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U15, Tr1A_U11, Tr1A_U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi pracować w grupie, przyjmując w niej różne role.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji każdego z ćwiczeń na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania każdego z wykonanych ćwiczeń obejmująca zagadnienia przedstawione w sprawozdaniu. Wykonanie zespołowo sprawozdania ze zrealizowanych ćwiczeń. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie odnaleźć i wykorzystać właściwe dokumentacje techniczne urządzeń.</w:t>
+        <w:t xml:space="preserve">Jest gotów do praktycznego stosowania zdobytej wiedzy i umiejętności oraz rozumie związaną z tym odpowiedzialność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji każdego z ćwiczeń na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania każdego z wykonanych ćwiczeń. Wykonanie sprawozdania ze zrealizowanych ćwiczeń. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_K03, Tr1A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">