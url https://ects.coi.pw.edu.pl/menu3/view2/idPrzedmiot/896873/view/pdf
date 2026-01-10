--- v1 (2025-12-24)
+++ v2 (2026-01-10)
@@ -823,121 +823,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących napędy zwrotnicowe na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących napędy zwrotnicowe. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących napędy zwrotnicowe. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12, Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna budowę i zasadę działania rozjazdu (zwłaszcza zamknięć nastawczych i zjawiska prucia).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących elementy i układy srk współpracujące z rozjazdem. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12, Tr1A_W11, Tr1A_W09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>