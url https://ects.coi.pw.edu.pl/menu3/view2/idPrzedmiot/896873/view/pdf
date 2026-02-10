--- v2 (2026-01-10)
+++ v3 (2026-02-10)
@@ -823,51 +823,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących napędy zwrotnicowe na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących napędy zwrotnicowe. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących napędy zwrotnicowe. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W11, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>