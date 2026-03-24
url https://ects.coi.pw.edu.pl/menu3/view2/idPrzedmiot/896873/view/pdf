--- v3 (2026-02-10)
+++ v4 (2026-03-24)
@@ -963,51 +963,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: odpowiedź po realizacji ćwiczeń obejmujących układy kontroli niezajętości na pytania otwarte. Ocena podsumowująca: odpowiedź na pytania otwarte podczas zaliczania wykonanych ćwiczeń obejmujących układy kontroli niezajętości. Wykonanie sprawozdania ze zrealizowanych ćwiczeń obejmujących układy kontroli niezajętości. Każde ćwiczenie musi być zaliczone co najmniej na 1 punkt. Złożenie sprawozdania z realizacji danego ćwiczenia jest warunkiem przystąpienia do jego zaliczania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W11, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>