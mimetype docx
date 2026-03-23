--- v0 (2025-12-28)
+++ v1 (2026-03-23)
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena formująca: I i II pisemny sprawdzian cząstkowy, zawierający pytania otwarte dotyczące treści opisanego efektu; wymagana odpowiedź w co najmniej 50%; fakultatywna ocena podsumowująca: pisemny sprawdzian - jedno pytanie otwarte, wymagana odpowiedź w co najmniej 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U14, Tr1A_U04, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U14, Tr1A_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>