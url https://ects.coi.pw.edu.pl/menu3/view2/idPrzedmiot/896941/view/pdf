--- v0 (2025-12-01)
+++ v1 (2025-12-28)
@@ -748,51 +748,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja na ćwiczeniach - kolokwium: rozwiązanie zadań sprawdzających  znajomość podstawowych  pojęć i wielkości z zakresu kinematyki i dynamiki
 weryfikacja na egzaminie  - część zadaniowa: rozwiązania zadań sprawdzających  znajomość podstawowych  pojęć i wielkości z zakresu kinematyki i dynamiki; część teoretyczna treść jednego z pytań otwartych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06, Tr1A_W02</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W02, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>