--- v0 (2025-12-02)
+++ v1 (2025-12-29)
@@ -859,51 +859,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi ocenić przydatność wiedzy chemicznej do rozwiązywania prostych
 zadań inżynierskich typowych dla inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1085,51 +1085,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K02, IS_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie i zespołowo, rozumie konieczność
 systematycznej pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1157,51 +1157,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K03, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">jest odpowiedzialny za bezpieczeństwo pracy własnej i innych, umie
 postępować w stanach zagrożenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>