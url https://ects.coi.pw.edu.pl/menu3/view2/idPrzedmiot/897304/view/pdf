--- v1 (2025-12-29)
+++ v2 (2026-02-09)
@@ -777,51 +777,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -859,51 +859,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi ocenić przydatność wiedzy chemicznej do rozwiązywania prostych
 zadań inżynierskich typowych dla inżynierii środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -931,51 +931,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U16, IS_U17, IS_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada umiejętności interpretacji i ilościowego opisu podstawowych
 zjawisk fizykochemicznych oraz prowadzenia prac laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1157,51 +1157,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K03, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">jest odpowiedzialny za bezpieczeństwo pracy własnej i innych, umie
 postępować w stanach zagrożenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>