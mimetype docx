--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -777,51 +777,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -915,67 +915,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z ćwiczeń
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U17, IS_U21</w:t>
+        <w:t xml:space="preserve">IS_U21, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada umiejętności interpretacji i ilościowego opisu podstawowych
 zjawisk fizykochemicznych oraz prowadzenia prac laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>