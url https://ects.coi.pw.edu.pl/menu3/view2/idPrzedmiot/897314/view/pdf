--- v0 (2025-12-01)
+++ v1 (2025-12-29)
@@ -757,51 +757,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opisuje główne etapy przeprowadzanych testów laboratoryjnych, statycznych prób rozciągania i ściskania. Wykonuje pomiary próbek i oblicza charakterystyczne wartości odkształceń. Odczytuje wartości charakterystyczne sił i oblicza wartości granic wytrzymałości na podstawie krzywej rozciągania. Oblicza moduł Younga na podstawie wyników pomiarów statycznych prób rozciągania i zginania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>