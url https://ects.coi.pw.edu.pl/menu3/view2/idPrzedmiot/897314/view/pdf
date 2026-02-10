--- v1 (2025-12-29)
+++ v2 (2026-02-10)
@@ -757,51 +757,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Opisuje główne etapy przeprowadzanych testów laboratoryjnych, statycznych prób rozciągania i ściskania. Wykonuje pomiary próbek i oblicza charakterystyczne wartości odkształceń. Odczytuje wartości charakterystyczne sił i oblicza wartości granic wytrzymałości na podstawie krzywej rozciągania. Oblicza moduł Younga na podstawie wyników pomiarów statycznych prób rozciągania i zginania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1199,51 +1199,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę pracy zespołowej i odpowiedzialnego udziału w przygotowywanym wspólnie projekcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>