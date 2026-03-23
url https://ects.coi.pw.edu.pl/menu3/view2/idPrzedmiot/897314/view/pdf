--- v2 (2026-02-10)
+++ v3 (2026-03-23)
@@ -1033,67 +1033,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny, promowanie indywidualnej aktywności na zajęciach. przygotowywane zespołowo sprawozdanie, obrona sprawozdania, kolokwium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U13, IS_U15</w:t>
+        <w:t xml:space="preserve">IS_U15, IS_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student rozszerzył zakres umiejętności wykorzystywanych w projektowaniu konstrukcji inżynierskich zgodnie z programem realizowanym na wyższych latach studiów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1199,51 +1199,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę pracy zespołowej i odpowiedzialnego udziału w przygotowywanym wspólnie projekcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>