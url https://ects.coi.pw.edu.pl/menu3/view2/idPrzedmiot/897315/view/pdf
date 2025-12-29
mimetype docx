--- v0 (2025-12-01)
+++ v1 (2025-12-29)
@@ -922,51 +922,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opisać i zinterpretować równania opisujące ruch wody  oraz inne procesy występujące w wodach śródlądowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1062,51 +1062,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
@@ -1126,67 +1126,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K02</w:t>
+        <w:t xml:space="preserve">IS_K02, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KR, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma swiadomosc odpowiedzialnosci za wspólnie realizowane zadania, zwiazane z pracą zespolową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>