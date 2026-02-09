--- v1 (2025-12-29)
+++ v2 (2026-02-09)
@@ -756,167 +756,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zależności fizyczne pomiędzy przepływami wody a innymi procesami  zachodzącymi w środowisku naturalnym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W04, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zależności fizyczne pomiędzy przepływami wody a innymi procesami  zachodzącymi w środowisku naturalnym</w:t>
+        <w:t xml:space="preserve">potrafi wykonać podstawowe pomiary hydrologiczne </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W04, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykonać podstawowe pomiary hydrologiczne </w:t>
+        <w:t xml:space="preserve">potrafi opisać i zinterpretować równania opisujące ruch wody  oraz inne procesy występujące w wodach śródlądowych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -935,162 +1005,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi opisać i zinterpretować równania opisujące ruch wody  oraz inne procesy występujące w wodach śródlądowych </w:t>
+        <w:t xml:space="preserve">znając zakres dostępnej informacji hydrologicznej, potrafi dobrać i zastosować informację właściwą do rozwiązania praktycznych problemów technicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
+        <w:t xml:space="preserve">IS_U02, IS_U11, IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>