--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -756,67 +756,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W04</w:t>
+        <w:t xml:space="preserve">IS_W04, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zależności fizyczne pomiędzy przepływami wody a innymi procesami  zachodzącymi w środowisku naturalnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,137 +976,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U11, IS_U01, IS_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">znając zakres dostępnej informacji hydrologicznej, potrafi dobrać i zastosować informację właściwą do rozwiązania praktycznych problemów technicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium pisemne, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U01, IS_U02, IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>