--- v0 (2025-12-02)
+++ v1 (2025-12-29)
@@ -1063,201 +1063,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, Zaliczenie projektu instalacji wodociągowych i kanalizacyjnych dla przykładowego budynku mieszkalnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_U19</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę ciągłego dokształcania się i podnoszenia kompetencji zawodowych i osobistych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, Zaliczenie projektu instalacji wodociągowych i kanalizacyjnych dla przykładowego budynku mieszkalnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U19</w:t>
+        <w:t xml:space="preserve">IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość wagi pozatechnicznych aspektów i skutków działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowiedzialności za podejmowane decyzje</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>