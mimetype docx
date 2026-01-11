--- v1 (2025-12-29)
+++ v2 (2026-01-11)
@@ -1063,51 +1063,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać i zastosować odpowiednie materiały na urządzenia i instalacje stosowane w systemach wodociągowych i kanalizacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>