--- v0 (2025-12-01)
+++ v1 (2025-12-29)
@@ -1243,51 +1243,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
+        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>