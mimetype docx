--- v1 (2025-12-29)
+++ v2 (2026-02-09)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W14, IS_W18</w:t>
+        <w:t xml:space="preserve">IS_W18, IS_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze reprezentowanej specjalności, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1243,51 +1243,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_K04, IS_K01</w:t>
+        <w:t xml:space="preserve">IS_K01, IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>