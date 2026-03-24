--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa z Opiekunem Praktyk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W18, IS_W14</w:t>
+        <w:t xml:space="preserve">IS_W14, IS_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK, P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna ekonomiczne, prawne i etyczne uwarunkowania działalności przemysłowej w obszarze reprezentowanej specjalności, zna podstawowe zasady tworzenia i rozwoju form przedsiębiorczości, a także ma podstawową wiedzę związaną z tworzeniem i zarządzaniem projektami oraz transferem i komercjalizacją wiedzy - w zależności od profilu przedsiębiorstwa, w którym odbywane są praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1039,51 +1039,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi komunikować się na tematy specjalistyczne ze zróżnicowanymi kręgami odbiorców, w tym prowadzić debatę w zakresie problemów właściwych reprezentowanej dziedzinie. Student ma umiejętność pracy zespołowej, potrafi współpracować z ekspertami o różnych kompetencjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>