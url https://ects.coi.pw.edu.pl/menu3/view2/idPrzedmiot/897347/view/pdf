--- v0 (2025-12-29)
+++ v1 (2026-03-24)
@@ -843,51 +843,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę na temat zasad wymiarowania i obliczania sieci przewodów wentylacyjnych, zna zasady doboru prędkości w sieci przewodów, zasadę obliczania liniowych i miejscowych strat ciśnienia, zna budowę i charakterystykę pracy wentylatorów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -967,357 +967,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_W12, IS_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat urządzeń do odzysku ciepła w instalacjach wentylacji i klimatyzacji, procesów w nich zachodzących, konstrukcji, zasady działania i stosowania.</w:t>
+        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W10, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada uporządkowaną wiedzę na temat stosowanych filtrów powietrza, ich budowy i zasad stosowania, zna przebieg procesu filtracji powietrza.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia obciążenia cieplnego pomieszczenia, w tym obliczenia zysków od ludzi, oświetlenia, urządzeń, nasłonecznienia, potrafi obliczyć wymaganą ilość powietrza wentylacyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W09, IS_W10, IS_W12</w:t>
+        <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić obliczenia obciążenia cieplnego pomieszczenia, w tym obliczenia zysków od ludzi, oświetlenia, urządzeń, nasłonecznienia, potrafi obliczyć wymaganą ilość powietrza wentylacyjnego.</w:t>
+        <w:t xml:space="preserve">Potrafi obliczyć spadki ciśnienia występujące w sieci przewodów wentylacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>