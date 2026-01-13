--- v0 (2025-12-02)
+++ v1 (2026-01-13)
@@ -780,141 +780,281 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu ścieków komunalnych i ich wpływu na odbiornik w świetle obowiązujących przepisów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu ścieków komunalnych i ich wpływu na odbiornik w świetle obowiązujących przepisów.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do klarowania i odbarwiania wody, usuwania gazów, żelaza i manganu z wody oraz dezynfekcji wody, ich wpływ na zmianę stabilności wody oraz kierunki rozwoju i modernizacji technologii uzdatniania wody.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W07, IS_W11</w:t>
+        <w:t xml:space="preserve">IS_W20, IS_W06, IS_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody stosowane do usuwania mechanicznych zanieczyszczeń ze ścieków oraz zachodzące w reaktorach do biologicznego oczyszczania ścieków oraz kierunki ich rozwoju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy, operacje jednostkowe i zabiegi technologiczne stosowane do klarowania i odbarwiania wody, usuwania gazów, żelaza i manganu z wody oraz dezynfekcji wody, ich wpływ na zmianę stabilności wody oraz kierunki rozwoju i modernizacji technologii uzdatniania wody.</w:t>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -925,406 +1065,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody stosowane do usuwania mechanicznych zanieczyszczeń ze ścieków oraz zachodzące w reaktorach do biologicznego oczyszczania ścieków oraz kierunki ich rozwoju.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić, opisać proces oczyszczania wody metoda koagulacji i zinterpretować zmiany składu wody w zależności od dawki stosowanego reagentu i warunków prowadzenia procesu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny</w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę nt. składu osadów ściekowych i zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody zachodzące w reaktorach do ich unieszkodliwiania oraz kierunki ich rozwoju.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić uzdatnianie wody podziemnej oraz opisać i zinterpretować zmiany składu wody w zależności od stosowanych parametrów technologicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin pisemny</w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić, opisać proces oczyszczania wody metoda koagulacji i zinterpretować zmiany składu wody w zależności od dawki stosowanego reagentu i warunków prowadzenia procesu</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić mechaniczne oczyszczanie ścieków metodą napowietrzania i koagulacji oraz opisać i zinterpretować zmiany składu ścieków w zależności od czasu napowietrzania i dawki koagulantu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału </w:t>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
-[...68 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić biologiczne oczyszczanie ścieków w komorze osadu czynnego, opisać, zinterpretować zmiany składu ścieków i wyznaczyć parametry pracy reaktora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1501,51 +1501,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">