--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -780,51 +780,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W11, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę na temat składu ścieków komunalnych i ich wpływu na odbiornik w świetle obowiązujących przepisów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -904,67 +904,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W20, IS_W06, IS_W15</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe procesy fizyczne, chemiczne i biologiczne oraz metody stosowane do usuwania mechanicznych zanieczyszczeń ze ścieków oraz zachodzące w reaktorach do biologicznego oczyszczania ścieków oraz kierunki ich rozwoju.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1264,67 +1264,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U16, IS_U22, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić biologiczne oczyszczanie ścieków w komorze osadu czynnego, opisać, zinterpretować zmiany składu ścieków i wyznaczyć parametry pracy reaktora</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1334,67 +1334,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
+        <w:t xml:space="preserve">IS_U22, IS_U06, IS_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>