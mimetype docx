--- v2 (2026-02-09)
+++ v3 (2026-03-23)
@@ -1060,51 +1060,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_W06, IS_W15, IS_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1264,137 +1264,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">IS_U22, IS_U06, IS_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić biologiczne oczyszczanie ścieków w komorze osadu czynnego, opisać, zinterpretować zmiany składu ścieków i wyznaczyć parametry pracy reaktora</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ustna odpowiedź przed i po zajęciach laboratoryjnych oraz kolokwium pisemne z całości materiału</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">IS_U06, IS_U16, IS_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UO, III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>