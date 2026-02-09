--- v0 (2025-12-29)
+++ v1 (2026-02-09)
@@ -895,51 +895,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W12, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W09, IS_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>