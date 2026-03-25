--- v1 (2026-02-09)
+++ v2 (2026-03-25)
@@ -1061,51 +1061,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować i zaprezentować w odpowiedniej formie projekt instalacji ogrzewania podłogowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>