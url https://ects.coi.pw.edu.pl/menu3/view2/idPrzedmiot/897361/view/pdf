--- v0 (2025-12-03)
+++ v1 (2026-02-11)
@@ -767,67 +767,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium - zaliczenie w formie pisemnej
 Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W05, IS_W06</w:t>
+        <w:t xml:space="preserve">IS_W06, IS_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowaną wiedzę z ochrony gleby w zakresie inżynierii środowiska oraz zna podstawowe akty prawa i przepisy z zakresu rekultywacji terenów zdegradowanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -934,51 +934,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IS_U13, IS_U16, IS_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić analizę techniczno-ekonomiczną układów technologicznych stosowanych w praktyce w zakresie rekultywacji terenów zdegradowanych i ocenę wpływu wybranych parametrów procesu na jego efektywność.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>