--- v1 (2026-02-11)
+++ v2 (2026-03-24)
@@ -767,67 +767,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium - zaliczenie w formie pisemnej
 Wykonanie i obrona projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W06, IS_W05</w:t>
+        <w:t xml:space="preserve">IS_W05, IS_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada uporządkowaną wiedzę z ochrony gleby w zakresie inżynierii środowiska oraz zna podstawowe akty prawa i przepisy z zakresu rekultywacji terenów zdegradowanych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>